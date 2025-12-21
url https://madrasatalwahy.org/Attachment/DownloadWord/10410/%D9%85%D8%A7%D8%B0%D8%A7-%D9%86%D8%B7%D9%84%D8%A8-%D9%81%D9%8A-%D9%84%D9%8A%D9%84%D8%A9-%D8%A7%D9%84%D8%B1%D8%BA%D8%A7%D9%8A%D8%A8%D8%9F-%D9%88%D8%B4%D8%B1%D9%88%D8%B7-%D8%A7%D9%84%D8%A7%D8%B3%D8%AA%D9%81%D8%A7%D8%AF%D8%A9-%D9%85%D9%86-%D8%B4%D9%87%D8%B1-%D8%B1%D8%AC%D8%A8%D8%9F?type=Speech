--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -437,147 +438,147 @@
         </w:rPr>
         <w:t xml:space="preserve">. لكن كلامنا في أنّه على ماذا ينبغي التركيز؟ وإلى ماذا يجب التوجه، وبأي شيء ينبغي الاهتمام؟ هذا هو مرادي.. بأي شيء ينبغي الاهتمام؟ بأي شيء؟ ينبغي التفكير بموانع طريقنا.. هذا الذي ينبغي أن نفكّر فيه.. يجب علينا أن نفكّر بالأمور التي تأتي وتقطع طريقنا و مسيرنا، فهذا هو ما يجعل الإنسان شقيّاً، و يأخذ منه دنياه و آخرته!!! هذا هو ما ينبغي أن نطلبه و نسأله من الله! فما قيمة آلام الظهر و البطن و المعدة أمام هذا الأمر ؟! ما قيمة هذه الأمور؟ لا قيمة لها أبداً !</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ ما ينبغي أن نفكّر فيه هذه الليلة هو تلك الخيالات التي تأتي و تقطع طريق السلوك و تسدّه! و تلك النفحات التي تأتي و تقطع تعلّقات الإنسان هي ما ينبغي أن يشغل بالنا هذه الليلة! و تلك الجذبات التي تهبّ نسائمها فتشعل قلب الإنسان بالعشق و المحبّة لله تعالى و تزيدها أضعافاً مضاعفة هي ما يجب أن نتفكّر فيه هذه الليلة و نطلبه من الله عزّ وجلّ ! فالليلة هي ليلة الرغائب! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">فما هي الرغائب؟ هل صار سداد القرض من الرغائب؟! كلاّ فهو ليس أمراً مهمّاً ، بل هو أمرٌ عاديّ لا قيمة لها. و هل يعتبر الشفاء من المرض رغيبة من الرغائب؟ و هل صار التخليص من الابتلاء رغيبة؟! أم أنّ الأمر ليس كذلك! فعندما يقول رسول الله صلّى الله عليه و آله و سلّم: ينبغي أن تهتّموا بليلة الرغائب و تنتبهوا لها، و عندما نشاهد كلّ هذه التأكيدات من الأعاظم بخصوص هذه الليلة ... و لا تتخيّلوا أنّ الأمر ينتهي في أوّل الليلة [بأداء أعمال الليلة] بل المطلب مستمرّ حتّى طلوع الصبح، و الأعمال ليست منحصرة في الأعمال التي أدّيتموها فقط، فالمجال مفتوح للمسائل و الرغائب هذه الليلة حتّى الصبح و ذلك للأفراد ذوي القلوب المتيقّظة، و للأفراد المستعدّين و المنتبهين، ولذا تلاحظ أنّ أولياء الله و العظماء كانوا يحيون هذه الليلة، و كانوا يؤكّدون على إحيائها.. مثل ليلة النصف من شعبان و ليلة عيد الغدير و ليالي القدر في شهر رمضان أي ليلة التاسع عشر و الواحد و العشرون و الثالث و العشرون من شهر رمضان، و مثل ليلة المباهلة و أمثال ذلك!</w:t>
+        <w:t xml:space="preserve">فما هي الرغائب؟ هل صار سداد القرض من الرغائب؟! كلاّ فهو ليس أمراً مهمّاً ، بل هو أمرٌ عاديّ لا قيمة له. و هل يعتبر الشفاء من المرض رغيبة من الرغائب؟ و هل صار التخليص من الابتلاء رغيبة؟! أم أنّ الأمر ليس كذلك! فعندما يقول رسول الله صلّى الله عليه و آله و سلّم: ينبغي أن تهتّموا بليلة الرغائب و تنتبهوا لها، و عندما نشاهد كلّ هذه التأكيدات من الأعاظم بخصوص هذه الليلة ... و لا تتخيّلوا أنّ الأمر ينتهي في أوّل الليلة [بأداء أعمال الليلة] بل المطلب مستمرّ حتّى طلوع الصبح، و الأعمال ليست منحصرة في الأعمال التي أدّيتموها فقط، فالمجال مفتوح للمسائل و الرغائب هذه الليلة حتّى الصبح و ذلك للأفراد ذوي القلوب المتيقّظة، و للأفراد المستعدّين و المنتبهين، ولذا تلاحظ أنّ أولياء الله و العظماء كانوا يحيون هذه الليلة، و كانوا يؤكّدون على إحيائها.. مثل ليلة النصف من شعبان و ليلة عيد الغدير و ليالي القدر في شهر رمضان أي ليلة التاسع عشر و الواحد و العشرون و الثالث و العشرون من شهر رمضان، و مثل ليلة المباهلة و أمثال ذلك!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ليلة الرغائب تعني أنّ الله سبحانه و تعالى يريد أن يعطي نعمة سنة كاملة لعبده في هذه الليلة، فماذا نطلب من الله حينئذٍ؟ ينبغي أن نتوّجّه إلى الله بالدعاء أن: يا ربّ ارفع عنّا الأوهام و التخيّلات في هذه السنة... فهذه رغيبة فعلاً ! يا ربّ أخرجنا من التخيّل و خلّصنا من القوّة الواهمة... هكذا تكون الرغائب، و مثل هذه الرغيبة تستحقّ أن يهتمّ بها الإنسان و يخلّص فكره في طلبها! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يا ربّ امنحنا تلك النفحات التي تقطع الإنسان عن التعلّقات في هذه الليلة حتّى السنة القادمة... فما يعطى هذه الليلة يستمرّ حتّى السنة القادمة، فمن هذه الليلة توضع الخطّة و تنفّذ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يا ربّ ساعدنا على الحركة نحو ساحة قربك، وعلى الخروج من التوّهمات، و وفّقنا لكي تتخلّص نفسنا من تلك المسائل التي ألقت بأغلالها و قيودها على النفس... هذه رغيبة !</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">إنّ الحقير لا يبيّن هذه المطالب من عنده، بل هي أمور سمعناها من الأولياء و العظماء، فهم كانوا يمرون من تلامذتهم أن يطلبوا هذه الأمور في مثل هذه الليلة المباركة.</w:t>
+        <w:t xml:space="preserve">إنّ الحقير لا يبيّن هذه المطالب من عنده، بل هي أمور سمعناها من الأولياء و العظماء، فهم كانوا يأمرون تلامذتهم أن يطلبوا هذه الأمور في مثل هذه الليلة المباركة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يا ربّ ارفع هذه السنة من مستوى فهمنا... أجل.. إنّ هذه لرغيبة! ماذا يعني أن يزيد الله فهمنا؟ يعني يا ربّ ارفع مستوى عقلنا! و اجعل حكمنا على الأشياء حكماً صحيحاً و نظرتنا لها نظرة واقعية و ليس مثل الناس.. هذه رغيبة! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يا ربّ أخرجنا من التوهّمات، و خلّص نفوسنا من التخيّلات، و اكتب لنا تلك الأمور التي فيها مصالحنا الحياتية الواقعية حتّى لو كان ثمن ذلك خسارة بعض الأمور الدنيوية.. نسألك أن تقدّر لنا تلك الأمور.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ففي النهاية ليس الأمر منحصراً في المصالح الدنيوية.. ولا ينبغي أن تكون رغباتنا منحصرة في المال و الزوجة و الأولاد ! فأين نذهب؟ و بأي اتّجاه نمضي؟ و أين ذهب عقلنا؟ و ماذا حصل لفهمنا ؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">إنّ هذه المسألة مهمّة جدّاً، و هي أنّهما المقصود بالرغائب في ليلة الرغائب؟ و ما هي الأمور التي ينطبق عليها أنّها رغيبة؟ و ما هي الأمور التي كان أولياء الله يطلبونها في مثل هذه الليلة؟ ففي آخر هذه الأعمال التي أديتموها قد ذُكر أنّه في آخر السجدة بإمكانك أن تطلب من الله تعالى ما تشاء، حسناً .. فماذا نطلب من الله؟ و ما هي الأمور التي يطلبها أولياء الله في آخر هذه السجدة؟ هل تتصوّرون أنّهم كانوا يطلبون من الله أن يشافيهم من آلام المعدة؟ هل هذا ما كانوا يطلبونه؟ لقد كان هؤلاء الأعاظم يطلبون تلك الأمور التي قام أولياء الدين و أئمتنا بتعليمنا إيّاها:</w:t>
+        <w:t xml:space="preserve">إنّ هذه المسألة مهمّة جدّاً، و هي أنّه ما المقصود بالرغائب في ليلة الرغائب؟ و ما هي الأمور التي ينطبق عليها أنّها رغيبة؟ و ما هي الأمور التي كان أولياء الله يطلبونها في مثل هذه الليلة؟ ففي آخر هذه الأعمال التي أديتموها قد ذُكر أنّه في آخر السجدة بإمكانك أن تطلب من الله تعالى ما تشاء، حسناً .. فماذا نطلب من الله؟ و ما هي الأمور التي يطلبها أولياء الله في آخر هذه السجدة؟ هل تتصوّرون أنّهم كانوا يطلبون من الله أن يشافيهم من آلام المعدة؟ هل هذا ما كانوا يطلبونه؟ لقد كان هؤلاء الأعاظم يطلبون تلك الأمور التي قام أولياء الدين و أئمتنا بتعليمنا إيّاها:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هكذا علّمنا أئمّتنا أن نطلب وندعو ونسأل من الله! فما هو الخير الذي منحه الله للمعصومين الأربعة عشر؟ و في أيّ خير أدخلهم؟ هل فكّرتم في ذلك حتّى الآن؟ ما هو الخير الممنوح للأئمّة عليهم السلام؟ هل الخير الممنوح لهم هو أن يتمكّنوا مثلاً أن يطّلعوا على المسائل الجزئية ...(ولا شكّ أن هذا ممّا منحه الله لهم، و أنّه داخل تحت الخير الأعظم، و لكنّه ليس غاية الأمر) ... و أن يطّلعوا على الأحكام، و أن تزداد معرفتهم بالأحكام الفقهيّة، و أن يصلح لهم دنياهم و ما شابه ذلك ؟! كلاّ .. [بل الأمر أعظم من هذا بكثير]، فما هو إذاً الخير الذي منحه الله لهم؟ إنّه الورود في عالم الأسماء و الصفات الكلّية للذات الإلهيّة التي لا نهاية لها و لا حدّ، و السير في جميع الآثار الكلّية لله تعالى! هذا هو معنى الخير! إنّه الحركة باتّجاه مقام الواحديّة الذي يتضمّن جميع الأسماء و الصفات الإلهية في باطنه، و هو السير الذي لا نهاية له، بل الأمر أعلى من ذلك.. إنّه اتّصال الذات و الضمير بذات الله تعالى التي هي فوق جميع الأسماء الكلية و الصفات الكليّة... هذا هو الخير الذي يسعى أولياء الله و العرفاء للحصول عليه! إنّه اتّصال السرّ و الذات بمبدأ الوجود و مبدأ الحياة و ذات الله تعالى، و هناك حيث مقام لا اسم ولا رسم ومقام عدم التعيّن و التقيدّ، و هو ما يسمّى بـ "عالم البهم و العماء" ! هذا هو الخير..</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -608,51 +609,51 @@
         </w:rPr>
         <w:t xml:space="preserve">الليلة هي ليلة الرغائب، فماذا نرغب نحن؟ إنّما نرغب في هذا المقام! أليس كذلك؟ نرغب إلى الله و نتوسّل إليه أن: يا الله قدّر لنا كلّ ما قدّرته لنبيّك وآله صلوات الله وسلامه عليهم، وادفع عنّا كلّ ما دفعته عنهم، ونسألك أن تبعد عن طريقنا كلّ أمرٍ أبعدته من طريقهم، وأن لا تقدّر لنا ما لم تقدّره لهم، فهذا أمرٌ سهل بالنسبة لك يا ربّ!  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">التحقيق في تعيين ليلة الرغائب</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">هناك مسألة تتعلّق بليلة الرغائب أودّ الحديث عنها، ثمّ هناك مسألة أخرى أريد التعرّض لها وأرغب بتوضيحها بعد ذلك، ثمّ إذا كان هناك مجال (ولا أدري إن كان هناك وقت) فأرغب بتلبية الوعد الذي وعدتكم إيّاه سابقاً فيما يتعلّق بشرح بعض فقرات الدعاء الشريف والزيارة الواردة من الناحية المقدّسة للإمام عجّل الله فرجه الشريف، والوراد عن ولاة الأمر: </w:t>
+        <w:t xml:space="preserve">هناك مسألة تتعلّق بليلة الرغائب أودّ الحديث عنها، ثمّ هناك مسألة أخرى أريد التعرّض لها وأرغب بتوضيحها بعد ذلك، ثمّ إذا كان هناك مجال (ولا أدري إن كان هناك وقت) فأرغب بتلبية الوعد الذي وعدتكم إيّاه سابقاً فيما يتعلّق بشرح بعض فقرات الدعاء الشريف والزيارة الواردة من الناحية المقدّسة للإمام عجّل الله فرجه الشريف، والوارد عن ولاة الأمر: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«اللهم إنّي أسألك بمعاني جميع ما يدعوك به ولاة أمرك»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فإن استطعنا سنتعرّض الليلة إلى مقدارٍ منه، ثمّ نشرح التتمّة في المجلس اللاحق، أمّا إن كان حالنا لا يساعد على ذلك، فسنتركه إلى المجلس اللاحق إن شاء الله. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -719,87 +720,87 @@
         </w:rPr>
         <w:t xml:space="preserve">و على هذا الأساس، من كان يوم الجمعة هو أوّل أيّام شهر رجب عنده، فليلة الرغائب هي تلك ليلة الجمعة الأولى من الشهر ، و ينبغي عليهم أن يصوموا الخميس الذي يسبقها، و يدخل في ليلة الجمعة التي هي أوّل شهر رجب، و هي نفسها ليلة الرغائب و تترتّب عليها آثارها. و هذه النتيجة تبدو لي أقرب إلى الصواب من القول الآخر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و على كلّ حال، فحيث أنّ بعض الأعاظم كانوا يقولون بالقول الآخر.. فقد كانوا يعتبرون أنّ ليلة الرغائب هي تلك الليلة التي يكون الخميس السابق لها داخلاً في شهر رجب، و حتّى المرحوم الوالد كان يقول بهذا الرأي في سابق الزمان عندما كان في طهران، و كان يفسّر الرواية بهذا الشكل، و لكنّني لست متّأكّداً من رأيه في المسألة في أواخر حياته، فهو كان يفسّر الرواية بأنّ ليلة الرغائب هي تلك الليلة التي يكون خميسها نفسه داخلاً في شهر رجب، و لا أدري فلعلّه كان يرى خصوصيّة ليوم الخميس بأن يكون من شهر رجب... على كلّ حال، بما أنّ الوضع كذلك، فما هو الإشكال أن يقوم الإنسان بإحياء كلتا الليلتين.. ليلة الجمعة الأولى و الثانية، و يتعامل مع كلتا الليلتين على أنها ليلة الرغائب... و لكن ألفت النظر أننّي لست متأكّداً أن هذا كان رأي سماحته في أواخر حياته، لأنّه رضوان الله عليه كان عنده بعض المطالب التي قام بتغييرها أحياناً، و لهذا أنا لست متأكّداً من رأي سماحته، و أنا كنت قد سألت سماحته عن هذه المسألة فسكت و لم يجب بشيء، و لم يردّ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">على كلّ حال، بالنسبة لهذه السنة فالظاهر أن الخميس السابق على ليلة الرغائب كان داخلاً في شهر رجب، و أن ليلة الجمعة السابقة كانت آخر داخلة في شهر جمادى الآخرة، وبالتالي فلا إشكال من هذه الناحية بما يتعلّق بهذه السنة، بل له علاقة بسنوات أخرى... لقد كانت هذه المسألة التي رغبت ببيانها حول ليلة الرغائب. </w:t>
+        <w:t xml:space="preserve">على كلّ حال، بالنسبة لهذه السنة فالظاهر أن الخميس السابق على ليلة الرغائب كان داخلاً في شهر رجب، و أن ليلة الجمعة السابقة كانت داخلة في شهر جمادى الآخرة، وبالتالي فلا إشكال من هذه الناحية بما يتعلّق بهذه السنة، بل له علاقة بسنوات أخرى... لقد كانت هذه المسألة التي رغبت ببيانها حول ليلة الرغائب. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">شرط الاستفادة من شهر رجب تصحيح الخيال و التخلص من الأوهام</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و هناك مطلب آخر، يتعلّق بما طرحناه في الجلسة السابقة، وذلك أنّه بعد الجلسة السابقة فقد وصلتني العديد من الملاحظات و الأسئلة من الإخوة و الرفقاء، و لذا رأيت أن من المناسب أن أقدّم توضيحاً إضافياً للموضوع لما ذكرناه، بحيث لا يبقى في المسألة أيّ فراغ أو خلل.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">إنّ ما عرضناه في الجلسة السابقة هو أنّ الأعاظم كانوا يؤكّدون في شهر رجب أنّ على الإنسان أن يؤدّي تلك الأعمال و التوصيّات التي أوصى بها أولياء الله قبيل شهر رجب أو حتّى في شهر رجب.. و ذلك من قبيل عيادة المرضى، و يصل رحمه، و يزيد زياراته لإخوته المؤمنين، و يزيد مراقبته لنفسه، و إذا كان بينه بين رفيقه خلاف، فليذهب و يرفع هذا الخلاف... فهذه الأمور مهمّة جداً و لها تأثير كبير في وضعيته و حالاته، و في كيفية الفيوضات الحاصلة في هذه الأشهر الثلاثة المتتالية.. رجب و شعبان و رمضان، و لكن في ضمن ما ذكرناه في الجلسة السابقة، أوضحنا أنّ أهمّ مسألة في الاستعداد لهذه الأشهر المباركة هي مسألة رفع الخيال، و هذا المطلب واضح بشكل عامّ، بل يمكننا أن نقول أنّ معنى المراقبة هو هذا ، فمعنى المراقبة هو أن يقوم الإنسان بتصحيح خياله بالنسبة للمسائل، و يقضي على التوهّمات الباطلة، و يسعى أن يتفكّر أكثر في المسائل و المطالب، لقد كنت في الليلة البارحة مع احد الإخوة، و نقل قضية عن أحد الأشخاص الذين لا أعرفهم.. سمعت باسمه و لكنّني لا أعرفه، و نقل عنه بأنّه فعل كذا و كذا ، و بحسب الظاهر فإنّ ما ذُكر عن هذا الشخص يبعث على الانزعاج و التأثّر، فلماذا ينبغي أن تحصل قضيّة من هذا القبيل؟ و لماذا صدر من هذا الشخص تصرّف كهذا تجاه شخص آخر؟ و لكن بمجرّد أن وجدت أنّ نفسي تريد أن تقع تحت تأثير هذه القضية ... لأنّ النفس عندما تتأثّر بكلام أحد الأطراف، فإنّ ذلك يولد سوء ظنّ في النفس تجاه الطرف الآخر ، حيث أنّ المسألة ليست أحادية الطرف...</w:t>
+        <w:t xml:space="preserve">إنّ ما عرضناه في الجلسة السابقة هو أنّ الأعاظم كانوا يؤكّدون في شهر رجب أنّ على الإنسان أن يؤدّي تلك الأعمال و التّوصيات التي أوصى بها أولياء الله قبيل شهر رجب أو حتّى في شهر رجب.. و ذلك من قبيل عيادة المرضى، و يصل رحمه، و يزيد زياراته لإخوته المؤمنين، و يزيد مراقبته لنفسه، و إذا كان بينه و بين رفيقه خلاف، فليذهب و يرفع هذا الخلاف... فهذه الأمور مهمّة جداً و لها تأثير كبير في وضعيته و حالاته، و في كيفية الفيوضات الحاصلة في هذه الأشهر الثلاثة المتتالية.. رجب و شعبان و رمضان، و لكن في ضمن ما ذكرناه في الجلسة السابقة، أوضحنا أنّ أهمّ مسألة في الاستعداد لهذه الأشهر المباركة هي مسألة رفع الخيال، و هذا المطلب واضح بشكل عامّ، بل يمكننا أن نقول أنّ معنى المراقبة هو هذا ، فمعنى المراقبة هو أن يقوم الإنسان بتصحيح خياله بالنسبة للمسائل، و يقضي على التوهّمات الباطلة، و يسعى أن يتفكّر أكثر في المسائل و المطالب، لقد كنت في الليلة البارحة مع احد الإخوة، و نقل قضية عن أحد الأشخاص الذين لا أعرفهم.. سمعت باسمه و لكنّني لا أعرفه، و نقل عنه بأنّه فعل كذا و كذا ، و بحسب الظاهر فإنّ ما ذُكر عن هذا الشخص يبعث على الانزعاج و التأثّر، فلماذا ينبغي أن تحصل قضيّة من هذا القبيل؟ و لماذا صدر من هذا الشخص تصرّف كهذا تجاه شخص آخر؟ و لكن بمجرّد أن وجدت أنّ نفسي تريد أن تقع تحت تأثير هذه القضية ... لأنّ النفس عندما تتأثّر بكلام أحد الأطراف، فإنّ ذلك يولد سوء ظنّ في النفس تجاه الطرف الآخر ، حيث أنّ المسألة ليست أحادية الطرف...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">مثلاً لو جاء شخص و قال لك: إنّ فلاناً قد تعرّض للظلم في القضيّة الفلانية، فتسأله: من الذي ظَلمه؟ فيجيبك قائلاً: فلان. فتتعجّب أنت بدورك و تتساءل في نفسك: لماذا فعل ذلك؟ ففي مثل هذه القضيّة قد وقع في نفسك أمران؛ الأمر الأوّل هو التعاطف و الترحّم تجاه احد الأطراف، و الحال أنّه قد لا يستحقّ مثل هذا التعاطف، و من الممكن أن يكون الظالم هو ، فالبعض يأتي متمسكناً باكياً ليستدرّ العطف، فيظنّ الإنسان أنّ الحكم واضح في القضية، فالأمر الأوّل هو التعاطف مع أحد الأطراف، وأمّا الأمر الثاني فهو حصول إحساس بالتنفّر من الشخص الآخر، و ذلك لأنّ المسألة ذات طرفين كما هو واضح، و عادة ما تكون المسائل ذات طرفين؛ فتجد هذا الطرف قد تصرّف بالشكل الفلاني تجاه ذاك، و هذا ردّ عليه بهذا الشكل، و لهذا السبب فعندما يسمع الإنسان من أحد الأطراف ستنشأ عنده هاتان الحالتان؛ تعاطف مع هذا الطرف، و نفور و انزعاج من الآخر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً... أنا عندما سمعت من هذا الأخ لم أكن أعرف الشخص الذي تعرّض للأذى، و حتى لو تعاطفت معه فلن يحدث ذلك فرقاً لأنني لا أعرفه إلاّ بالتصوّر و الخيال فقط، و لكنّني كنت أعرف الطرف الثاني الذي وقع مورداً لسوء الظنّ، و وجدت أنني قد بدأت أشعر بشعور سلبي تجاهه، فما شعرت بذلك التفتّ إلى هذا الأخ و قلت له: مِن أين تعلم أنّ هذا الكلام الذي بلغك [و نقلتَه لي] هو كلام صحيح؟ من أين تعرف صحّة هذا الكلام؟ فسكت قليلاً و تأمّل للحظات ثمّ قال: نعم، الحقّ معك لا علم لي بصحّة ذلك!! فقلت له: فلماذا تقول هذا الكلام إذاً؟!</w:t>
       </w:r>
@@ -827,63 +828,63 @@
         </w:rPr>
         <w:t xml:space="preserve">يا عزيزي.. لا تستعجل بقول هذه الـ "آخ" فوراً !! بل أجّل النطق بها ساعةً أو يوماً، فأنت الآن قد سمعت قضيّةً ما، فاذهب و تحقّق منها، و تأكّد قبل أن تحكم، فلماذا يسمح الإنسان لنفسه أن يسيء الظنّ بالآخرين؟! ولذلك التفتّ إلى صاحبي و قلت له: إنّني أستبعد أن يصدر مثل هذا الفعل من هذا الشخص الذي ذكرته! فقال لي: أنا أيضاً أستبعد صدور ذلك منه !! ثمّ قال: و على أساس ذلك، فينبغي ألا نستعجل بالحكم عليه بل لا ينبغي أن نفكّر بالموضوع قبل أن نسمع من الطرف الثاني ما عنده من معطيات. ها !! عندما يفكّر الإنسان بهذه الطريقة فإنّ النفس ترجع إلى حالة التعادل و التوازن بالنسبة إلى كلا الطرفين، ولم يحصل فيها ترجيح مسبق لكفّة على الأخرى، و هذا هو الصحيح!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالإنسان في علاقاته مع الأفراد ينبغي أن يكون متوازناً، و لا يسمح لكفّة أحد الأطراف أن تميل على الأخرى، لأنّ الميل إلى أحد الأطراف يعني سوء الظنّ بالطرف الآخر، و هو سوء ظنّ بأحد رفقائه !! و حتّى لو لم يكن من الرفقاء ، فإن ذلك هو سوء ظنّ بأحد المؤمنين!! يعني هل تظنّون أن بإمكان الإنسان أن يقول ما يشاء عن المؤمن إذا لم يكن من رفقائه؟ و هل يجب أن يكون كلّ الناس من الرفقاء؟ و هل الرفقاء فقط هم من يستحقّ الاحترام و حسن المعاملة؟ كلاّ.. طبعاً ليس الأمر كذلك، فما أكثر الأفراد الجيدين الصالحين من غير الرفقاء ، أصلاً فلنفرض أن هذا الشخص ليس من الرفقاء، فهل يصحّ أن يسيء الإنسان الظنّ في الأفراد العاديين؟ يجب علينا أن نصلح أنفسنا، و نزيد و نوسّع من حالة التوحيد و محبّة نظرائنا في الإنسانية، ولا ينبغي أن نحصر ذلك في مجموعة صغيرة من الأفراد ثمّ ننتقي منهم عدداً قليلاً من الأشخاص ثمّ ننسب لهؤلاء جميع المحاسن وننسب لغيرهم جميع القبائح و المساوئ !! كلاّ ليس الأمر كذلك ولا ينبغي أن نتصرّف بهذا الشكل.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">فبناء على ذلك، ينبغي علينا في خصوص هذه الأشهر الثلاثة أي: رجب و شعبان و رمضان أن نزيد من مراقبتنا وتدقيقنا؛ فإذا سمعنا مطلباً فلا ينبغي أن نستعجل فوراً و نقول: آخ! فمن استعجل بقول "آخ" فقد خسر، فلا داعي للاستعجال و التعجّب. كما ينبغي في هذا الشهر إصلاح الخيال، فقد سئل أحد العرفاء: ما هو التوحيد؟ فقال: التوحيد تصحيح الخيال، فإذا صحّحت خيالك فقد وصلت إلى التوحيد، و لكن انتبهوا فهذا الكلام له معنىً واسع جداً ! اعمل على تصحيح خيالك و وهمك، فإذا سمعت كلاماً من شخصٍ فلا ترفع حاجبيك تعجّباً، فلو فعلت ذلك، فهذا يعني أنّ خيالك ما يزال فاسداً و يحتاج إلى إصلاح، و أنّك ما تزال غارقاً في التوهّم، فقوّتك العاقلة معطّلة عن العمل، و بدلاً منها فإنّ القوّة الواهمة و القوّة المتخيّلة هي التي المتسلّطة على النفس والذهن، فتلك القوّة المتوهّمة قد تغلّبت و سيطرت في هذه الحالة. و ها هنا ماذا ينبغي للإنسان أن يفعل؟ يجب عليه أن ينظر ليرى ما هي الطرق التي يمكن أن تقود الإنسان إلى الخيال و التوهّم فيقطعها و يسدّها !! و عليه أن يسدّ طرق نفوذ الشيطان بالكلّية.</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">مثلاً إذا احتمل أنّه إذا ذهب إلى رفيقه و طلب منه هذا الطلب فإنّ رفيقه سوفّ يردّه ولن يلبّي له طلبه؛ فعليه ألاّ يذهب و ألاّ يطلب من رفيقه ذلك! لماذا؟ لأنّ الذهاب إليه و الطلب منه يعني إعداد وتهيئة الأرضية المناسبة لنفوذ الشيطان في النفس ! و لكنّك إذا جئت من البداية و أغلقت هذا الباب، فمن أين سيدخل الشيطان حينئذٍ؟! و من هنا إذا كان عندك حاجة فاطلبها من شخص غريب بحيث لو أجابك بالنفي فإنّك حتماً لن تتأثّر. </w:t>
+        <w:t xml:space="preserve">فبناء على ذلك، ينبغي علينا في خصوص هذه الأشهر الثلاثة أي: رجب و شعبان و رمضان أن نزيد من مراقبتنا وتدقيقنا؛ فإذا سمعنا مطلباً فلا ينبغي أن نستعجل فوراً و نقول: آخ! فمن استعجل بقول "آخ" فقد خسر، فلا داعي للاستعجال و التعجّب. كما ينبغي في هذا الشهر إصلاح الخيال، فقد سئل أحد العرفاء: ما هو التوحيد؟ فقال: التوحيد تصحيح الخيال، فإذا صحّحت خيالك فقد وصلت إلى التوحيد، و لكن انتبهوا فهذا الكلام له معنىً واسع جداً ! اعمل على تصحيح خيالك و وهمك، فإذا سمعت كلاماً من شخصٍ فلا ترفع حاجبيك تعجّباً، فلو فعلت ذلك، فهذا يعني أنّ خيالك ما يزال فاسداً و يحتاج إلى إصلاح، و أنّك ما تزال غارقاً في التوهّم، فقوّتك العاقلة معطّلة عن العمل، و بدلاً منها فإنّ القوّة الواهمة و القوّة المتخيّلة هي المتسلّطة على النفس والذهن، فتلك القوّة المتوهّمة قد تغلّبت و سيطرت في هذه الحالة. و ها هنا ماذا ينبغي للإنسان أن يفعل؟ يجب عليه أن ينظر ليرى ما هي الطرق التي يمكن أن تقود الإنسان إلى الخيال و التوهّم فيقطعها و يسدّها !! و عليه أن يسدّ طرق نفوذ الشيطان بالكلّية.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">مثلاً إذا احتمل أنّه إذا ذهب إلى رفيقه و طلب منه هذا الطلب فإنّ رفيقه سوف يردّه ولن يلبّي له طلبه؛ فعليه ألاّ يذهب و ألاّ يطلب من رفيقه ذلك! لماذا؟ لأنّ الذهاب إليه و الطلب منه يعني إعداد وتهيئة الأرضية المناسبة لنفوذ الشيطان في النفس ! و لكنّك إذا جئت من البداية و أغلقت هذا الباب، فمن أين سيدخل الشيطان حينئذٍ؟! و من هنا إذا كان عندك حاجة فاطلبها من شخص غريب بحيث لو أجابك بالنفي فإنّك حتماً لن تتأثّر. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أو افرض أنّك تريد شراء شيءٍ ما، فهل ينبغي حتماً أن تشتريه من أحد الرفقاء ؟! لاحظوا أنّني اقوم بتوضيح المسألة، و خفضها إلى مستوى الأمثلة الجزئية و المصاديق، وذلك رغم أنّ السيد العلاّمة رضوان الله عليه كان قد قال لي: لا تطرح المسائل بشكل جزئي، و لا تتحدّث عن المصاديق! و لكن ليس أمامي حلّ آخر، فماذا أفعل؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً.. إذا اشتريت شيئاً ما من أحد الرفقاء، فقد يأتي أحد الرفقاء الآخرين بعد أسبوع، فيسألك: بكم اشتريت هذا؟ فتقول: اشتريته بكذا، فيجيبك: إه ! يا للعجب!! لقد اشتريته بسعر غالٍ، فقيمة هذا أقل بكثير!! لقد ضحكوا عليك، فقم و اذهب و أرجعه من حيث اشتريته، و إذا أردت فبإمكانك أن تشتري نفس هذا الشيء من المحلّ الفلاني بقيمة أرخص!! </w:t>
       </w:r>
@@ -1070,87 +1071,99 @@
         </w:rPr>
         <w:t xml:space="preserve">حسناً.. في ما نحن فيه، افرض أن النبي وجد أن المصلحة ألاّ يصل هذا الشخص إلى حقّه.. فليكن ذلك! و عليه أن يدع هذا المال للطرف الثاني ليأخذه برحابة صدر، فذلك يشبه ما لو أن الرسول منذ البداية قال له: أعطِ مالك هذا لهذا الشخص! فلو أن الرسول قال له ذلك منذ البداية، فهل كان سيعترض عليه قائلاً: لماذا يا رسول الله؟! كلاّ إذ لا محلّ للاعتراض هنا. حسناً فلأيّ شيء هذه المشاكل و الاعتراضات إذاً ؟! و أين ذهبت كلّ هذه الادعاءات بالإيمان و التسليم؟! و أين ذهب الادعاء بالصبر و التسليم و التحمّل عند البلاء؟! أين ذهب جميع ذلك؟! لقد تبيّن أنّها كانت دعاوى فارغة لا حقيقة لها يا عزيزي.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و لهذا .. فالمرحوم الوالد عندما كان يقول: لا تشاوروني في هذه الأمور فليس ذلك لأنني بخيل، فأنا لست بخيلاً !! و ليس سبب ذلك أنّني لا علم لي و لا اطّلاع، فأنا لست جاهلاً !! و ليس السبب أنّني أريد التقصير في حقّ رفيقي، فأنا أشدّ رفاقة من الجميع و أنا أحرص من الجميع عليكم!! ولكن ماذا أفعل حينما أجد أنّك في موقعيّة بحيث لو سألتني و أخبرتك بما ينبغي فعله فجاء خلافاً لتوقّعك فسوف تخسر حتّى ذلك المقدار القليل الذي تمتلكه ؟! ولذا أقول لك: لا تأتِ من البداية، حتّى تحافظ على الأقل على تلك الثلاثين بالمائة التي عندك. و هكذا يكون إغلاق الطريق أمام الشيطان، و منعه من النفوذ. و السيّد الوالد لهذا السبب قال للحقير: في هذه الأمور الثلاثة لا تقبل أن تكون موضعاً للاستشارة. و الحقير يطلب من الرفقاء الكرام أنّه إذا كانت هذه المسألة غير واضحة بهذا الشكل، فها هي قد طُرحت و بُيّنت بشكل صريح، فأرجو من الإخوة و الرفقاء أن يراعوها، لأنّ هذه المسألة خطيرة جداً و مهمّة جداً!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">و هكذا الأمر بالنسبة لجميع الرفقاء و الإخوة و الأفراد، و عندما نشاهد بأنّ هناك مسألة ستقع وتفتح طريقاً لنفوذ الشيطان، فعلينا أن نتوقّف و لا نمضي فيها، و علينا أن نغلق هذا الطريق حتّى لا نسمح لهذه الأرضية المساعدة لنفوذ الشيطان بالتحقّق و الحصول، إلاّ إذا كان عند الإنسان تكليف بعمل هذه القضية، فالتطليف له حكم آخر و يجب على الإنسان أن ينفّذه.</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">على كلّ حال، ينبغي للإنسان أن يلاحظ المسألة من هذه الجهة، و هي أن المراقبة عبارة عن تصحيح الخيال و طرد الأوهام، ففي هذا الشهر على الإنسان يجدّد النظر في ما كان يسمعه، و في أفكاره و أحكامه السابقة، و يعمل على تصفية نفسه، حتّى تصبح قابليته على استقبال الفيوضات أكبر.</w:t>
+        <w:t xml:space="preserve">و هكذا الأمر بالنسبة لجميع الرفقاء و الإخوة و الأفراد، و عندما نشاهد بأنّ هناك مسألة ستقع وتفتح طريقاً لنفوذ الشيطان، فعلينا أن نتوقّف و لا نمضي فيها، و علينا أن نغلق هذا الطريق حتّى لا نسمح لهذه الأرضية المساعدة لنفوذ الشيطان بالتحقّق و الحصول، إلاّ إذا كان عند الإنسان تكليف بعمل هذه القضية، فالتكليف له حكم آخر و يجب على الإنسان أن ينفّذه.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">على كلّ حال، ينبغي للإنسان أن يلاحظ المسألة من هذه الجهة، و هي أن المراقبة عبارة عن تصحيح الخيال و طرد الأوهام، ففي هذا الشهر على الإنسان أن يجدّد النظر في ما كان يسمعه، و في أفكاره و أحكامه السابقة، و يعمل على تصفية نفسه، حتّى تصبح قابليته على استقبال الفيوضات أكبر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إن شاء الله نسأل الله تعالى أن يوفّقنا في هذا الشهر إلى ما يرضيه و يرضي أولياءه، و أن يرزقنا من تلك التحف و الكنوز الثمينة التي لا نعرفها ولا نعرف ما هي واقعاً، فنحن لا ندري ما هي الأخطار التي ننجو منها في طوال السنّة دون أن نعلم كيف تخطّتنا ولم تصبنا، و لا ندري ما هي المواهب التي نحصل عليها في طول السنة، و نحن نحسب أنّ حصولنا عليها كان صدفة اتّفاقية، و الحال أنّ جميع هذه الأمور هي في الواقع ببركة هذه الليلة و أمثالها، حيث يقدّر الله لنا هذه الأمور.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">إن شاء الله نأمل أن يشـركنا الله تعالى في كلّ خير جعله من نصيب رسول الله و أهل بيته الأطهار، و أن يخرجنا من كلّ سوء و غيريّة و بعد أخرج منه محمّداً و آل محمّد، و أن يديم ظلّ وليّ العصر عليه السلام على رؤوسنا، و أن يرزقنا جميعاً في هذا الشهر المبارك من العنايات الخاصّة لحضرته.</w:t>
+        <w:t xml:space="preserve">إن شاء الله نأمل أن يشـركنا الله تعالى في كلّ خير جعله من نصيب رسول الله و أهل بيته الأطهار، و أن يخرجنا من كلّ سوء و غيريّة و بُعد أخرج منه محمّداً و آل محمّد، و أن يديم ظلّ وليّ العصر عليه السلام على رؤوسنا، و أن يرزقنا جميعاً في هذا الشهر المبارك من العنايات الخاصّة لحضرته.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اللهم صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
@@ -1163,88 +1176,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{9B062193-5F34-4159-8976-AF20F9264C87}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{2814AFBA-9852-4CC0-83E4-B169A3333A7F}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{DF8879C2-546E-4673-A426-522C5B839518}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{A1C2A66D-2056-42D7-8D79-D73F90A932D7}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1293,61 +1313,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="3" name="_x0000_i0003">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0003"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1450,61 +1470,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="4" name="_x0000_i0004">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0004"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2082,51 +2102,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2905,61 +2925,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3234,63 +3329,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>