--- v0 (2025-10-07)
+++ v1 (2026-01-12)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -272,51 +273,51 @@
         </w:rPr>
         <w:t xml:space="preserve">نبذة عن المواضيع المطروحة في المحاضرة السابقة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كان الكلام في بيانات الإمام الصادق عليه السلام في الحديث الشريف لعنوان البصري، وكان الكلام قد وصل إلى كيفيّة التغذية، وقد بينّا أنّ مسألة التغذية هي من المسائل المهمّة المرتبطة بالتكاليف التي ينبغي على الإنسان أن يتعاهدها ليصل إلى الغاية المبتغاة، وأنّ عدم الالتفات إلى هذا الأمر سيستوجب حصول بعض النتائج على الإنسان، والتي من الممكن أن تُوصد الطريق أمامه، وأنْ تُنتج بعض النتائج والأضرار التي لا يمكن تلافيها وجبرانها لاحقاً، وقد عرضنا بمحضر الإخوة بعضاً من هذه الأمور. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">وقد بيّنا أنّ الهدف المهمّ من كيفيّة التغذية هو تحضير الإنسان وتحضير النفس والروح وتهيئتها للقيام بالأعمال الأخرى، وإذا لم يلتفت الإنسان إلى هذا الأمر، فإنّه سيتخلَّف عن باقي الأمور الأخرى وستعاق حركته، ففي النهاية يبنغي على الإنسان أن يَطوي هذا الطريق بهذا البدن وبهذه القوى وبهذه الخصوصيّات، وينبغي عليه أن يسير في هذا السبيل. </w:t>
+        <w:t xml:space="preserve">وقد بيّنا أنّ الهدف المهمّ من كيفيّة التغذية هو تحضير الإنسان وتحضير النفس والروح وتهيئتها للقيام بالأعمال الأخرى، وإذا لم يلتفت الإنسان إلى هذا الأمر، فإنّه سيتخلَّف عن باقي الأمور الأخرى وستعاق حركته، ففي النهاية ينبغي على الإنسان أن يَطوي هذا الطريق بهذا البدن وبهذه القوى وبهذه الخصوصيّات، وينبغي عليه أن يسير في هذا السبيل. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بعض الوصايا المهمّة تتعلّق بالتغذية في أشهر رجب وشعبان ورمضان </w:t>
       </w:r>
@@ -368,123 +369,123 @@
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">شروط الاستفادة من الأشهر الثلاثة المباركة: إزالة الغلّ، التفكّر في الوقائع، التقوى وفهم حقيقة الولاية </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">إذاً ينبغي الالتفات إلى مسألة الغذاء وكيفيّته، ولكن مضافاً إلى ذلك هناك مسائل أخرى تحوز على أهميّة عالية أيضاً؛ ولا زلت أذكر أنّ العلامة رضوان الله عليه كان في جلسة من جلساته التي تحدّث فيها عن مراقبة السالك، فتكلّم في إحدى الليالي لمدّة ساعة كاملة عن رفع الخلاف والكدورة بين الإنسان والآخرين، ورفع التشنّجات والضيق الذي يمكن أن يحصل اتجاه الآخرين، ورفع تلك المسائل التي تبقى راسخة في الأذهان؛ كأن ينزعج الإنسانـ لا سمح الله ـ من الآخر، أو يتعلّق الحقّ الشرعي برقبة فردٍ من الأفراد والعياذ بالله؛ فمن الممكن جداًَ أن لا نلتفتَ إلى أنّ الفعل الذي نقوم به حرامٌ شرعاً، أو فيه إشكال، أو حتّى لو لم يكن حراماً إلاّ أنّه خطأ. وهذا الأمر يُحدث في نفس الإنسان أثراً سلبيّاً كبيراً جداً قد لا يزول.</w:t>
+        <w:t xml:space="preserve">إذاً ينبغي الالتفات إلى مسألة الغذاء وكيفيّته، ولكن مضافاً إلى ذلك هناك مسائل أخرى تحوز على أهميّة عالية أيضاً؛ ولا زلت أذكر أنّ العلامة رضوان الله عليه كان في جلسة من جلساته التي تحدّث فيها عن مراقبة السالك، فتكلّم في إحدى الليالي لمدّة ساعة كاملة عن رفع الخلاف والكدورة بين الإنسان والآخرين، ورفع التشنّجات والضيق الذي يمكن أن يحصل اتجاه الآخرين، ورفع تلك المسائل التي تبقى راسخة في الأذهان؛ كأن ينزعج الإنسان لا سمح الله ـ من الآخر، أو يتعلّق الحقّ الشرعي برقبة فردٍ من الأفراد والعياذ بالله؛ فمن الممكن جداًَ أن لا نلتفتَ إلى أنّ الفعل الذي نقوم به حرامٌ شرعاً، أو فيه إشكال، أو حتّى لو لم يكن حراماً إلاّ أنّه خطأ. وهذا الأمر يُحدث في نفس الإنسان أثراً سلبيّاً كبيراً جداً قد لا يزول.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فعندما يدخل أحد «الميكروبات» إلى جسم الإنسان، لابدّ أن يأخذ حقنةً من المضادات الحيويّة؛ وفي بعض الأحيان لا يكفي أخذ حبّة من الدواء، وعندما تلتهب «الروايا» ينبغي أن تُجرى عمليّةٌ جراحيّةٌ لعلاجها، حيث تصبح المضادات الحيويّة عديمة الفائدة، كما أنّه لو بقي على حاله تلك فتناول حبَّة من الدواء اليوم دون أن يتناولها في اليوم التالي، أو زاد في المقدار يوماً وأنقص منه في اليوم الآخر، عندها سينتشر الالتهاب في جميع الرئة، وسيموت الإنسان. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهذه المسائل التي نتحدّث عنها هي من هذا القبيل، فلا يصلح العمل فقط بالجلوس وقراءة الأوراد والأذكار وصلاة الليل ... لا لن يصلح الأمر هكذا أبداً ! بل ينبغي على الإنسان أن يرفع ذلك النزاع، فالإنزعاج والضيق الذي نسبّبه للصديق يقف حائلاً أمام صلاتنا، فحتّى لو وقف الإنسان وصلّى خلف رسول الله صلّى الله عليه وآله لن يكون لصلاته أيّة فائدة..!! حتّى لو صلّى خلف الرسول صلّى الله عليه وآله لن يكون هناك أيّة فائدةٍ لصلاته! وكذا لو صلّى خلف إمام الزمان عجّل الله فرجه، لا فائدة؛ فهناك سدٌّ كـ «سدّ الإسكندر» يقف حائلاً بينك وبين الإمام وإن لم تكن ترى ذلك الحائل، بل تعتقد وتتخيّل أنّك ـ ولله الحمد ـ نلت التوفيق؛ فأنت تصلّي خلف إمام الزمان، فأيّ مكان يصلّي فيه الإنسان أفضل من هذا المكان؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ففي إحدى الزيارات التي وفّقني الله لها وتشرّفت بالذهاب إلى مكّة والمدينة ـ والظاهر أنّها الزيارة السابقة، قبل سنة أو سنتين حين سافرت للعمرةـ كنتُ في إحدى الليالي في مسجد النبيّ صلّى الله عليه وآله، ولم يكن هناك من أحد، فقد كان من عادتي أن أقصده ليلاً فأقضي فيه ساعتين أو ثلاث ساعات حيث يكون خالياً؛ فقد كنّا في شهر رمضان، وفي ساعات الليل يكون عدد الناس قليلاً جداًلا يتجاوز الثلاثين أو العشرين مثلاً ثمّ ومع مرور الوقت يشرعون بالتوافد، ففي إحدى تلك الليالي ذهبت إلى المحراب.. محراب رسول الله صلّى الله عليه وآله، وجلستُ فيه وصليّت لما في ذلك من استحباب، ثمّ جلست أفكّر في نفسي وقلت: هذا المكان الذي أصلّي فيه الآن... أفتخر بأنّي أجلس في مكان كان رسول الله صلّى الله عليه وآله قد وضع رجله فيه قطعاً، فأنا على يقين من ذلك.</w:t>
+        <w:t xml:space="preserve">ففي إحدى الزيارات التي وفّقني الله لها وتشرّفت بالذهاب إلى مكّة والمدينة ـ والظاهر أنّها الزيارة السابقة، قبل سنة أو سنتين حين سافرت للعمرةـ كنتُ في إحدى الليالي في مسجد النبيّ صلّى الله عليه وآله، ولم يكن هناك من أحد، فقد كان من عادتي أن أقصده ليلاً فأقضي فيه ساعتين أو ثلاث ساعات حيث يكون خالياً؛ فقد كنّا في شهر رمضان، وفي ساعات الليل يكون عدد الناس قليلاً جداً لايتجاوز الثلاثين أو العشرين مثلاً ثمّ ومع مرور الوقت يشرعون بالتوافد، ففي إحدى تلك الليالي ذهبت إلى المحراب.. محراب رسول الله صلّى الله عليه وآله، وجلستُ فيه وصليّت لما في ذلك من استحباب، ثمّ جلست أفكّر في نفسي وقلت: هذا المكان الذي أصلّي فيه الآن... أفتخر بأنّي أجلس في مكان كان رسول الله صلّى الله عليه وآله قد وضع رجله فيه قطعاً، فأنا على يقين من ذلك.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وقد كان المرحوم العلامة يقول دائماً: إذا تشرّفتم بزيارة المدينة، فعليكم بالمشي كثيراً في المسجد وفي محيطه، فلا تجلسوا فقط في الغرفة أو المنزل أو الفندق لتشاهدوا التلفاز، وتشاهدوا الأفلام، بل اذهبوا وامشوا في ذلك المحيط وتحرّكوا، فلا شكّ أنّ أربعة عشر معصوماً قد تحرّكوا في الفضاء المحيط بمسجد النبيّ طوال مائتين وسبعين سنة؛ فرسول الله صلّى الله عليه وآله مشى هناك في محيط مسجده عشر سنوات، وكذلك السيّدة فاطمة الزهراء عليها السلام، وهكذا أمير المؤمنين عليه السلام، وجميعهم: الإمام الرضا عليه السلام، وإمام الزمان... كما أنّ منزل إمام الزمان هو في المدينة، وهو هناك يتحرّك ويمشي. وبالتالي عندما تمشون في تلك البقاع فعليكم أن تعلموا أنّ أقدامكم تطأ المكان الذي وطأته أقدامهم قطعاً، فتحسّسوا أحوال ذلك وأجواءه، بدلاً من أن تنظروا إلى الأبنية والأبواب، فلا تنظروا إلى الظواهر والمظاهر؛ لأنّها تشتّت ذهن الإنسان فلا تدعوها تمنعكم عن التوجّه إلى حقيقة الولاية.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">هذه من المسائل التي تركوها لنا وحافظوا عليها من أجلنا، فعندما تطأ أقدامهم ذلك المكان، يتمّ تسجيل تلك القدم، ويحصل لذلك أثرٌ، فأقدامهم تختلف عن قدم الحقير وأمثال الحقير؛ فنحن عندما تطأ أقدامنا أرضاً، فلو كان فيها بئر ماءٍ جف، أمّا هم فعند موطئ أقدامهم تحلّ البركة ويحلّ النور، ويحلّ البهاء، ويتعطّر الجو، ويتغيّر كلٌ شيء، عندما يأتي الوليّ ويجلس في مكانٍ من الأماكن فنفسٌ واحدٌ منه يُعطّر الفضاء بأكمله لأهله، وحتّى لأولئك الذين ينبغي أن يستفيدوا من هذا الفيض.</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">ينقل المرحوم الوالد في كتابه «الروح المجرّد» ـ ذلك الكتاب المفيد والقيّم الذي لا نظير له ـ قصّةً حدثت عندما كان بمحضر أستاذه السيّد هاشم الحدّاد رضوان الله تعالى عليهما، وذلك عندما كانوا في «بهار» الموجودة في همدان، حيث حدثت هناك مسألةٌ عجيبةٌ، وعلى الأصدقاء أن يراجعوا تلك القصّة ويتأمّلوا فيها، لأنّها تمثّل حقيقة المسألة والقضيّة التي ذكرناها، ففي الحقيقة لا يقتصر تأثيرهم على المستقبل فقط بل هم يؤثّر ونفي الماضي أيضاً؛ فالأفعال التي تصدر عن الوليّ تجعل المكان يتنوّر وتضفي عليه روحاً وصفاءً يمتدُّ إلى ما قبل وجوده وحضوره أيضاً. فعندما يذهب الإنسان إلى هناك يحسّ بتلك الأجواء مع أنّ وليّ الله سيأتي في المستقبل إلى ذلك المكان وسيحضر إليه بعد ألف سنة. </w:t>
+        <w:t xml:space="preserve">هذه من المسائل التي تركوها لنا وحافظوا عليها من أجلنا، فعندما تطأ أقدامهم ذلك المكان، يتمّ تسجيل تلك القدم، ويحصل لذلك أثرٌ، فأقدامهم تختلف عن قدم الحقير وأمثال الحقير؛ فنحن عندما تطأ أقدامنا أرضاً، فلو كان فيها بئر ماءٍ جف، أمّا هم فعند موطئ أقدامهم تحلّ البركة ويحلّ النور، ويحلّ البهاء، ويتعطّر الجو، ويتغيّر كلّ شيء، عندما يأتي الوليّ ويجلس في مكانٍ من الأماكن فنفسٌ واحدٌ منه يُعطّر الفضاء بأكمله لأهله، وحتّى لأولئك الذين ينبغي أن يستفيدوا من هذا الفيض.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ينقل المرحوم الوالد في كتابه «الروح المجرّد» ـ ذلك الكتاب المفيد والقيّم الذي لا نظير له ـ قصّةً حدثت عندما كان بمحضر أستاذه السيّد هاشم الحدّاد رضوان الله تعالى عليهما، وذلك عندما كانوا في «بهار» الموجودة في همدان، حيث حدثت هناك مسألةٌ عجيبةٌ، وعلى الأصدقاء أن يراجعوا تلك القصّة ويتأمّلوا فيها، لأنّها تمثّل حقيقة المسألة والقضيّة التي ذكرناها، ففي الحقيقة لا يقتصر تأثيرهم على المستقبل فقط بل هم يؤثّرون في الماضي أيضاً؛ فالأفعال التي تصدر عن الوليّ تجعل المكان يتنوّر وتضفي عليه روحاً وصفاءً يمتدُّ إلى ما قبل وجوده وحضوره أيضاً. فعندما يذهب الإنسان إلى هناك يحسّ بتلك الأجواء مع أنّ وليّ الله سيأتي في المستقبل إلى ذلك المكان وسيحضر إليه بعد ألف سنة. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وأرض كربلاء تتمتّع بتلك الخصوصيّات فقد كانت تمتلك ذلك الفضاء النيّر حتّى قبل حضور سيّد الشهداء عليه السلام إليها!!لماذا؟ لأنّ سيّد الشهداء عليه السلام سيأتي إلى ذلك المكان، ولأنّ هذه الواقعة ستحدث في تلك البقعة مستقبلاً، وهذه الأسرار ممّا ينبغي على الإنسان أن يصل إليها وجداناً وشهوداً، وهذه المسألة مهمّة للغاية.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً لقد وجدت نفسي في المكان الذي وضع فيه رسول الله صلّى الله عليه وآله وسلّم قدمه قطعاً، فتأملّت في نفسي وتساءلت: كم يا تُرى أثّرت فيَّ هذه الصلاة التي صلّيتها هنا؟ كم رفعتني؟ كم أعطتني من توجّه؟ فتأمّلت فلم أجد أنّ لذلك بحدّ ذاته أثراً. فمن دون التوجّه إلى حقيقة رسول الله صلّى الله عليه وآله وسلّم فإنّ هذه الصلاة لن تنفعني شيئاً، وغاية ما قمت به هو أنّي وقفت للصلاة في نفس المكان الذي وقف فيه رسول الله. لكن ألم يسبقنا عُمَر في المجيء إلى هذا المكان والصلاة فيه؟! ألم يصلّ أبو بكر في هذا المكان؟! ألم يأت إلى هذا المكان الذين قَطَّعوا بنت رسول الله صلّى الله عليه وآله وسلّم قطعةً قطعةً، فصلّوا فيه أيضاً؟!نعم، هم لم يصلّوا فوق السقف بل كانوا يصلّون في نفس هذا المكان؛ فكم أثرّت فيهم هذه الصلاة؟ كم رفعتهم هذه الصلاة؟ كم أعطتهم هذه الصلاة من الفهم؟ صفر.. صفر. </w:t>
       </w:r>
@@ -573,51 +574,51 @@
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الاختلاف في الرأي لا يُفسِد الودّ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ومن كان لديه بعض الاعتراضات على الآخرين وعلى الأحكام المبنيّة على سلائقهم الخاصّة، فينبغي عليه أن يتأمّل في هذه الأحكام ويُدقّق فيها؛فعندما يقع خلاف في إحدى المواقف، فمن غير المعلوم أن يكون هو المحقّ في الخلاف، فكلّ ما في الرأي المقابل مخالف لرأيي ولنظرتي للأمور. لكن ما الضَيْر في هذا الاختلاف؟! لِماذ نبقي هذه المسائل في قلوبنا؟! لِماذا تؤدّي إلى تغيير علاقاتنا ورؤيتنا وصِلاتنا ببعضنا البعض، فعندما يكون هناك اختلاف في وجهات النظر، فإنّ الاختلاف يعتبر أمراً طبيعيّاً؛لأنّه </w:t>
+        <w:t xml:space="preserve">ومن كان لديه بعض الاعتراضات على الآخرين وعلى الأحكام المبنيّة على سلائقهم الخاصّة، فينبغي عليه أن يتأمّل في هذه الأحكام ويُدقّق فيها؛فعندما يقع خلاف في إحدى المواقف، فمن غير المعلوم أن يكون هو المحقّ في الخلاف، فكلّ ما في الرأي المقابل مخالف لرأيي ولنظرتي للأمور. لكن ما الضَيْر في هذا الاختلاف؟! لِماذا نبقي هذه المسائل في قلوبنا؟! لِماذا تؤدّي إلى تغيير علاقاتنا ورؤيتنا وصِلاتنا ببعضنا البعض، فعندما يكون هناك اختلاف في وجهات النظر، فإنّ الاختلاف يعتبر أمراً طبيعيّاً؛لأنّه </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«ما جعل الله لرجل من قلبين في جوفه»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فليس في الرجل الواحد قلبان، بل في كلّ منهم قلبٌ واحدٌ، وطريقة تفكيرٍ واحدةٍ، فتجد طريقة تفكيري أنا وفق هذا النحو، وطريقة تفكيرك أنت على ذاك النحو، لكن لا أنا معصوم ولا أنت معصوم أيضاً، فنحن إذاً متساويان ولا أحد منّا معصوم. فأنا لديّ مجالٌ فكريٌّ معيّن وأنت لديك مجالٌ فكريٌّ آخر.أنت تفهم الموضوع بهذا النحو وأنا أفهمه بنحو آخر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -828,51 +829,51 @@
         </w:rPr>
         <w:t xml:space="preserve">لو أنّني توقّفت في المسألة وقلت: كيف تسألني زوجتي من أقلّد؟! سأجعلها تندم على فعلتها؟! سأفعل كذا وكذا ... (نعم نعرف هذه الأفعال التي يفعلونها) ، هذه لا مبالاة منها ... </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لا يا عزيزي أبداً، لا نفعل ذلك. ولماذا لا نفعل؟ لأنّنا نحتاج إلى بعضنا البعض، ولأنّنا نعيش في منزلٍ واحد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">سأتكلّم بالمسألة بشكل صريح: هل لأنّنا نحتاج إلى بعضنا البعض لذا فنحن مجبورون على أن نغضّ الطرف عن الاختلافات فيما بيننا؟! وهل بسبب العلاقة التي بيننا ينبغي علينا أن نتجاوز الخلافات؟! ولذا نقول: لا بأسفي أن يكون هناك اختلاف. </w:t>
+        <w:t xml:space="preserve">سأتكلّم بالمسألة بشكل صريح: هل لأنّنا نحتاج إلى بعضنا البعض لذا فنحن مجبورون على أن نغضّ الطرف عن الاختلافات فيما بيننا؟! وهل بسبب العلاقة التي بيننا ينبغي علينا أن نتجاوز الخلافات؟! ولذا نقول: لا بأس في أن يكون هناك اختلاف. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لكن بما أنّنا لا نحتاج إلى صديقنا، فحينما يتفوّه بكلمة، نشيح بوجهنا عنه؟! لأنّنا لا نحتاجه؟! هذا خطأ.. هذا باطل.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لو كانت العلاقات تبنى على المصالح وعلى من نحتاج إليه، فنحن نحتاج إلى الصديق والرفيق أكثر من حاجتنا إلى زوجاتنا!</w:t>
       </w:r>
@@ -1104,51 +1105,51 @@
         </w:rPr>
         <w:t xml:space="preserve">جاءني قبل فترة أحد الأفراد، قبل حوالي شهر، قال لي: سيدنا حصل كذا وكذا ... ، فقلت له: يا عزيز لقد قلت لك سابقاً، إنّ هذه الحالة لن تزول إلاّ أن ترضيَ الناس عنك، وإلا سيعود وبالها عليك، لكنّك لم تسمع!! وليس عندي لك من سبيل آخر، ليس عندي سبيل آخر لحلّ المشكلة. فعندما لا يكون للأمر إلاّ حلّ واحدٌ، هل أقول لدي حلٌ آخر؟! قال: فماذا أفعل الآن؟ قلت له: أنا لا أعلم. ألم أقل لك: لا تفعل، لا تزعج قلب أحد ولا تكدّره، فالقلب صار منزعجاً الآن ومكدّراً، ولم يعد هناك من فائدة، وكلّ يوم يصبح الأمر أسوء وأسوء. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نحن لا نريد أن نتغيّر، بل نريد أن نحافظ على رغباتنا وعلى أفكارنا وعلى طريقتنا في التصرّف، ثمّ إذا حصل خلاف، نبدأ بالصياح والنواح. هذا الأمر غير صحيح، ولا يمكن أن يُقبل في أيّ مكان، ولا يوصل إلى أي مكان. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">فهذا هو الدواء لهذا الداء، وليس هناك تأثير لأيّ علاج آخر. كلّ مرض له دواء واحد فقط، ولا سبيل آخر للأمر، إن كان لديكم سبيل الآخر فتفضّلوا: بسم الله ، والحقير يقول للناس: من عنده سبيل آخر لحلّ الأمر فليتفضّل: بسم الله. أمّا الحقير فلا سبيل آخر لديه، ليس لديّ، وأنا عاجز عن إيجاد سبيل آخر. </w:t>
+        <w:t xml:space="preserve">فهذا هو الدواء لهذا الداء، وليس هناك تأثير لأيّ علاج آخر. كلّ مرض له دواء واحد فقط، ولا سبيل آخر للأمر، إن كان لديكم سبيل آخر فتفضّلوا: بسم الله، والحقير يقول للناس: من عنده سبيل آخر لحلّ الأمر فليتفضّل: بسم الله. أمّا الحقير فلا سبيل آخر لديه، ليس لديّ، وأنا عاجز عن إيجاد سبيل آخر. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لذا وجد الحقير أنّه ينبغي أن نتحدّث عن هذه المسألة قبل الحديث عن شهر رجب، وأن نضعها بين يدي الأصدقاء والرفقاء، وينبغي علينا أن نلتفت إلى أنّ الرحمة الإلهيّة والنور والصفاء الإلهيّين إنّما تنزل على تلك القلوب والنفوس المستعدّة، فأنا لا أقول: علينا أن نصل إلى مقام العِصمة قبل الورود إلى الحرم الإلهي لهذه الأشهر الثلاث، فلا أحد يصل إلى مقام العصمة، بل ما يقوله الحقير: ينبغي على من يرغب بالاستفاضة من فيوضات هذه الأشهر الثلاث ينبغي عليه على الأقل أن يتعرّض لتلك الفيوضات، لا أن يغلق أبواب نفسه، فأنا لا أقول: علينا أن نمحو كلّ ما لدينا من ذنوب ومعاصي. بل على الأقل نتعرّض لتلك النفحات. ألم تسمعوا تلك الرواية؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
@@ -1361,51 +1362,51 @@
         </w:rPr>
         <w:t xml:space="preserve">قراءة كتب العلامة رضوان الله عليه تمثّل لقاءً خاصّاً بسماحته </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد كان المرحوم العلاّمة يقول: ليس لدينا مواضيع عامّة ومواضيع خاصّة، مواضيعنا هي ما أودعناه في هذه الكتب. ولكن نحن لم نكن ندرك ذلك، بل كنّا نتصوّر أنّه حتماً سيذكر مواضيع معيّنة لفلان. لقد كان يقول لأحد الأفراد: كلّما جئت إلى مشهد يمكنك أن تأتي إلينا بغير موعد، وإن شئت أن تأتي كلّ يوم فلا مانع. فماذا كانت نتيجة ذلك؟ هل حصلنا على شيء؟! هل ارتفع حجاب من الحجب؟! هل انفتح الباب؟ هل تفتّحت أفكارنا؟! لا بل رأينا خلاف ذلك. ثمّ بعد ذلك كان يقول: إذا وصل كلامنا إلى أيّ أحد فهو حجّة عليه، وكنت أرى من الناس من لم يلتق بالمرحوم العلاّمة وكان يعمل ويصل إلى المطلوب، كنت أرى ذلك بعيني. نعم لقد كان يقول: ليس لدينا مواضيع عامّة ومواضيع خاصّة، فما نقوله هو هذا بعينه. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">والآن أنا أرى أنّ كل هذه المواضيع قد طرحت في الكتب، وآجر الله الإخوان على ما بذلوا من جهود في الاهتمام بتبليغ وترويج ونشر هذه المسائل، وواقعاً عملهم هذا يستحقّ الشكر والتقدير، وبالطبع ليس الحقير هو من يشكر هذه الجهود، فلست أنا طرف المعاملة، بل صاحب الدين وصاحب الشريعة هو من يعلم كيف يشكر هذه الهِمم وهذه المتاعب وهذه الحميّة، فلست أنا طرف المسألة بل صحاب الولاية، وهو بنفسه يجبر ذلك خير جبران. نعم، الآن أنا أرى أنّ كافّة هذه المواضيع هي التي أوردها في كتبه سواء ما طبع منها وما لم يطبع، فكلّ جملة منها هي عبارة عن لقاء خاصّ، يعني إذا قمتَ باستخراج فقرة من معرفة المعاد وقرأتها فهذا لقاءٌ خاصّ، ألست تريد لقاءاً خاصّاً؟! هذا لقاءٌ خاصٌّ، فكم لقاءاً خاصاً تجد في كتاب واحد؟! ألف لقاءٍ.. خمسمائة لقاء.. مائتي لقاء.. كلّ صفحة منه هي لقاء خاص، هل عليَّ حتماً أن أكتب ذلك؟! لا بأس فاكتبوا أنتم رأس كلّ صفحة وبالنيابة عنّي قال فلان: هذه الصفحة من الروح المجرّد هي لقاء خاص. ألا تريد أن تأتي للقائي؟ جيّد هذا لقاء. </w:t>
+        <w:t xml:space="preserve">والآن أنا أرى أنّ كل هذه المواضيع قد طرحت في الكتب، وآجر الله الإخوان على ما بذلوا من جهود في الاهتمام بتبليغ وترويج ونشر هذه المسائل، وواقعاً عملهم هذا يستحقّ الشكر والتقدير، وبالطبع ليس الحقير هو من يشكر هذه الجهود، فلست أنا طرف المعاملة، بل صاحب الدين وصاحب الشريعة هو من يعلم كيف يشكر هذه الهِمم وهذه المتاعب وهذه الحميّة، فلست أنا طرف المسألة بل صاحب الولاية، وهو بنفسه يجبر ذلك خير جبران. نعم، الآن أنا أرى أنّ كافّة هذه المواضيع هي التي أوردها في كتبه سواء ما طبع منها وما لم يطبع، فكلّ جملة منها هي عبارة عن لقاء خاصّ، يعني إذا قمتَ باستخراج فقرة من معرفة المعاد وقرأتها فهذا لقاءٌ خاصّ، ألست تريد لقاءاً خاصّاً؟! هذا لقاءٌ خاصٌّ، فكم لقاءاً خاصاً تجد في كتاب واحد؟! ألف لقاءٍ.. خمسمائة لقاء.. مائتي لقاء.. كلّ صفحة منه هي لقاء خاص، هل عليَّ حتماً أن أكتب ذلك؟! لا بأس فاكتبوا أنتم رأس كلّ صفحة وبالنيابة عنّي قال فلان: هذه الصفحة من الروح المجرّد هي لقاء خاص. ألا تريد أن تأتي للقائي؟ جيّد هذا لقاء. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اللقاء الخاصّ والحضوري بالإمام ليس هو المهم، بل المهم هو الاتبّاع والفهم </w:t>
       </w:r>
@@ -1640,75 +1641,75 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد كان يذهب إلى الحرم أيضاً، ولكن لكلّ مكانٍ أثره الخاصّ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فالأثر المترتّب على وادي السلام هو من وادي السلام، ولا بدّ من الذهاب إلى وادي السلام لتحصيله، فلا ينبغي أن يقال: هذا حرم أمير المؤمنين وليس هناك مكان أشرف منه!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">لكلّ مكان شأنه الخاص، فحرم أمير المؤمنين والزيارة لها مكانتها وشأنها، وحرم حضرة السيّدة فاطمة المعصومة سلام الله عليها له مكانته، ولكن زيارة أهل القبور والدخول في هذا الجوّ الخاص له مكانته الخاصّة، المقابر... مقبرة الشيخ.. مقبرة «شيخان»، المقابر الأخرى، فلنذهب ولنفكّر في أحوالهم، ولننظر أنّنا غداً صائرون منهم، غداً سيُأتى بنا إلى هذا المكان، لقد كانوا يوماً ما مثلنا يأتون إلى هذا المكان ويقرأون الفاتحة، وكانوا يفكّرون بذلك أيضاً، كانوا يفكّرون بأنّا الآن نحن نأتي، وغداً يُأتى بنا. والآن نحن جئنا، وسيُأتى بنا غداً وستقرأ لنا الفاتحة، والطريق على هذا المنوال... فلنفترض أنفسنا أنّا صرنا من أهل تلك الديار، ولننظر حينئذ ماذا ينبغي أن نصنع؟! فهذا الذي في القبر الآن لم يعد بإمكانه أن يخرج من قبره، لقد انتهى الأمر، لقد أغلق ملفّه، افرضوا أنّكم ستكونون كذلك بعد يومين أو بعد سنتين، فلم يعطنا أحد أماناً، يمكن أن نموت بعد سنتين أو بعد ثلاث سنوات، أو خمس سنوات، أو أسبوع، نحن سنأتي كذلك إلى هذا المكان، لذا لا يترك الذهاب إلى المقابر في كلّ أسبوع مرّة، وهذا هو الحدّ الأدنى، وإلا فبعضهم كان يذهب في الأسبوع مرّتين أو ثلاث، ففي النجف كانوا يذهبون مرّتين أو ثلاث، وكانوا يقطفون ثمار ذلك بأنفسهم. </w:t>
+        <w:t xml:space="preserve">لكلّ مكان شأنه الخاص، فحرم أمير المؤمنين والزيارة لها مكانتها وشأنها، وحرم حضرة السيّدة فاطمة المعصومة سلام الله عليها له مكانته، ولكن زيارة أهل القبور والدخول في هذا الجوّ الخاص له مكانته الخاصّة، المقابر... مقبرة الشيخ.. مقبرة «شيخان»، المقابر الأخرى، فلنذهب ولنفكّر في أحوالهم، ولننظر أنّنا غداً صائرون منهم، غداً سيُؤتى بنا إلى هذا المكان، لقد كانوا يوماً ما مثلنا يأتون إلى هذا المكان ويقرأون الفاتحة، وكانوا يفكّرون بذلك أيضاً، كانوا يفكّرون بأنّا الآن نحن نأتي، وغداً يُؤتى بنا. والآن نحن جئنا، وسيُؤتى بنا غداً وستقرأ لنا الفاتحة، والطريق على هذا المنوال... فلنفترض أنفسنا أنّا صرنا من أهل تلك الديار، ولننظر حينئذ ماذا ينبغي أن نصنع؟! فهذا الذي في القبر الآن لم يعد بإمكانه أن يخرج من قبره، لقد انتهى الأمر، لقد أغلق ملفّه، افرضوا أنّكم ستكونون كذلك بعد يومين أو بعد سنتين، فلم يعطنا أحد أماناً، يمكن أن نموت بعد سنتين أو بعد ثلاث سنوات، أو خمس سنوات، أو أسبوع، نحن سنأتي كذلك إلى هذا المكان، لذا لا يترك الذهاب إلى المقابر في كلّ أسبوع مرّة، وهذا هو الحدّ الأدنى، وإلا فبعضهم كان يذهب في الأسبوع مرّتين أو ثلاث، ففي النجف كانوا يذهبون مرّتين أو ثلاث، وكانوا يقطفون ثمار ذلك بأنفسهم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">زيارة المشاهد المشرّفة في هذا الشهر مؤكّدة جداً، فالمرحوم العلامة كان يقول أن على الساكنين قرب المشاهد أن يزوروها كلّ يوم، والأفضل أن تكون الزيارة بين الطلوعين فإنّ لها أثراً خاصاً لا يحصل في الليل، وليس من الضروريّ أن يطيل الإنسان الجلوس، فليزر وليجلس قليلاً فيرجع، فهذه المسائل هي ممّا جعله الله لنا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">فكما أنّ الله هيّأ النعم الماديّة لاستمرار حياتنا، فقد جعل الله هذه المسائل لآخرتنا، لقد جاء الله بالسيّدة المعصومة سلام الله عليه إلى قم وجعل من قم موطناً لها، وجاء بالإمام الرضا عليه السلام من المدينة إلى مشهد، فالله هو الذي جاء به وجعله هنا لتتنعّم الدنيا بأسرها من بركاته، وحضرة عبد العظيم [الحسني] سلام الله عليه جاء به الله من المدينة إلى هنا إلى الريّ، وجعل من هذه المدينة مدفناً له ومحلاً لجثمانه، لكي يأتي الأهالي ويستفيضوا عن قرب، بدلاً من أن يجلسوا في بيوتهم يقضون أعمارهم عبثاً، فهم بدلاً من ذلك يأتون لزيارة عبد العظيم الذي قال عنه الإمام الهادي عليه السلام: </w:t>
+        <w:t xml:space="preserve">فكما أنّ الله هيّأ النعم الماديّة لاستمرار حياتنا، فقد جعل الله هذه المسائل لآخرتنا، لقد جاء الله بالسيّدة المعصومة سلام الله عليها إلى قم وجعل من قم موطناً لها، وجاء بالإمام الرضا عليه السلام من المدينة إلى مشهد، فالله هو الذي جاء به وجعله هنا لتتنعّم الدنيا بأسرها من بركاته، وحضرة عبد العظيم [الحسني] سلام الله عليه جاء به الله من المدينة إلى هنا إلى الريّ، وجعل من هذه المدينة مدفناً له ومحلاً لجثمانه، لكي يأتي الأهالي ويستفيضوا عن قرب، بدلاً من أن يجلسوا في بيوتهم يقضون أعمارهم عبثاً، فهم بدلاً من ذلك يأتون لزيارة عبد العظيم الذي قال عنه الإمام الهادي عليه السلام: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«من زار عبد العظيم بالريّ كمن زار الحسين بكربلاء»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -1808,88 +1809,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{B882E3C7-EDD2-49D9-9221-5601E40D906B}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{2DA2EA76-A24A-4220-8E10-63344C023206}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{8F8C288D-2E83-4319-996D-EFC9B5286C06}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{D97BC924-00E2-4ADF-822C-6BAF40E5EC4E}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1938,61 +1946,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="53" name="_x0000_i0053">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0053"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2095,61 +2103,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="54" name="_x0000_i0054">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0054"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2727,51 +2735,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3550,61 +3558,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3879,63 +3962,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>