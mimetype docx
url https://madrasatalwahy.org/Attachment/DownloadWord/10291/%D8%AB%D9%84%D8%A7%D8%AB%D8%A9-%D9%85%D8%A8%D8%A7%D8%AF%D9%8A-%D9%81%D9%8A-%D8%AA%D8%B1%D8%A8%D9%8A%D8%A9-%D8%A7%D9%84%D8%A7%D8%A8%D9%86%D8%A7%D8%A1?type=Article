--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -76,50 +76,86 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ثلاثة مبادئ في تربية الأبناء</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">واجبات الآباء في تربية الأطفال ٢</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">إعداد: الفريق العلمي في موقع مدرسة الوحي</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بحث منتخب من: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تربية الأبناء، وضوابط حجاب المرأة، و... - محاضرات جبل عامل - أسئلة وأجوبة الأخوات - ج ۱</w:t>
       </w:r>
@@ -578,66 +614,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{C3ABD2A6-D10A-4134-80C8-256051DBEEAD}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{56FB6705-18FC-40AF-8999-1F7CB1C12788}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{D7F1C79E-9CE7-461F-B3D0-F2C158112E5C}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{68DD8B3E-2270-467E-9BB9-31C8E0D64AFF}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>