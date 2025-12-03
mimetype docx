--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -1729,87 +1729,87 @@
         </w:rPr>
         <w:footnoteReference w:id="25"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ربّنا و اجعلنا من شيعة أمير المؤمنين و الأئمّة المعصومين عليهم السلام و الذابّين عنهم، و لا تزغ قلوبنا بعد إذ هديتنا وهب لنا من لدنك رحمة إنّك أنت التوّاب الرحيم، الحمد لله الذي هدانا لهذا و ما كنّا لنهتدي لو لا أن هدانا الله.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و السلام علينا و على جميع عباد الله الصالحين و رحمة الله و بركاته.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ليلة الجمعة، في الرابع عشر من صفر سنة ۱٤٢٦ هجريّة قمريّة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المشهد الرضويّ المقدّس على ثاويه آلاف التحيّة و السلام‌</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">السيّد محمّد محسن الحسينيّ الطهراني‌</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="26"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
@@ -1824,66 +1824,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{4D3D33E4-EAD8-41B4-AD72-FEAC40565E6D}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{381FCC07-4647-47C7-BD85-639B13B42404}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{DFD9E34E-13DA-4802-A61D-E137BB7A7051}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{ABC53691-AFBA-4C24-8D21-EBF39B3DB7E0}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>